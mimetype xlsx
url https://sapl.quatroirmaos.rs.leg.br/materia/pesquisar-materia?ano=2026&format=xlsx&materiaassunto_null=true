--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,173 +10,238 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="59">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL</t>
   </si>
   <si>
     <t>JOÃO PAULO BALBINOT</t>
   </si>
   <si>
-    <t>https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/490/001_-_projeto_de_lei_no_001_-_prorrogacao_do_pme_1.pdf</t>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/490/001_-_projeto_de_lei_no_001_-_prorrogacao_do_pme_1.pdf</t>
   </si>
   <si>
     <t>PRORROGA, ATÉ 31 DE DEZEMBRO DE 2026, A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO – PME, INSTITUÍDO PELA LEI MUNICIPAL Nº 1.095/2015, DE 17 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/493/002__-_projeto_de_lei_no_002_-_incentivo_aos_produtores_de_leite.pdf</t>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/493/002__-_projeto_de_lei_no_002_-_incentivo_aos_produtores_de_leite.pdf</t>
   </si>
   <si>
     <t>INCLUI E ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.382, DE 12 DE JANEIRO DE 2023, QUE RESTRUTUROU A POLÍTICA DE INCENTIVO AO ESENVOLVIMENTO ECONÔMICO E SOCIAL NO MUNICÍPIO DE QUATRO IRMÃOS/RS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/492/003__-_projeto_de_lei_no_003_-_revisao_dos_subsidios_-_presidente_e_vereadores_1.pdf</t>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/492/003__-_projeto_de_lei_no_003_-_revisao_dos_subsidios_-_presidente_e_vereadores_1.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O ÍNDICE PARA A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE QUATRO IRMÃOS/RS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/494/004__-_projeto_de_lei_no_004_-_revisao_dos_subsidios_-_servidores_da_camara_1.pdf</t>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/494/004__-_projeto_de_lei_no_004_-_revisao_dos_subsidios_-_servidores_da_camara_1.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL PREVISTA NO ART. 37, INCISO X DA CONSTITUIÇÃO FEDERAL AOS VENCIMENTOS DOS SERVIDORES, DETENTORES DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS (FG) DO PODER LEGISLATIVO DE QUATRO IRMAOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/495/005__-_projeto_de_lei_no_005_-_revisao_dos_subsidios_-_prefeito_vice_e_secretarios_municipais.pdf</t>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/495/005__-_projeto_de_lei_no_005_-_revisao_dos_subsidios_-_prefeito_vice_e_secretarios_municipais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS DE QUATRO IRMÃOS/RS, NOS TERMOS DO ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/496/006__-_projeto_de_lei_no_006_-_concede_reposicao_geral_e_ganho_real_aos_funcionarios_municipais_executivo.pdf</t>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/496/006__-_projeto_de_lei_no_006_-_concede_reposicao_geral_e_ganho_real_aos_funcionarios_municipais_executivo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL E AUMENTO REAL AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/498/projeto_18.02.pdf</t>
+  </si>
+  <si>
+    <t>DA NOVA REDAÇÃO AOS ARTIGOS O 37 E 38 DA LEI MUNICIPAL Nº 898, DE 22/03/2012, QUE ESTABELECEU O PLANO DE CARREIRA DO MAGISTERIO PUBLICO D MUNICIPIO DE QUATRO IRMÃO E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/499/projeto_de_lei_no_008-_trasporte_de_estudantes_menores.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO, ATRAVÉS DA SECRETARIA_x000D_
+MUNICIPAL DE EDUCAÇÃO, A TRANSPORTAR ALUNOS_x000D_
+MENORES DE 04 (QUATRO) ANOS COM VEÍCULOS_x000D_
+PRÓPRIOS OU TERCEIRIZADOS PARA FREQUENTAR A_x000D_
+ESCOLA INFANTIL DO MUNICÍPIO; AUTORIZA_x000D_
+CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL_x000D_
+INTERESSE PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/500/projeto_de_lei_no_010_-_repasse_amau_1.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO_x000D_
+MUNICIPAL A CELEBRAR TERMO DE_x000D_
+COOPERAÇÃO TÉCNICA ENTRE O_x000D_
+MUNICÍPIO DE QUATRO IRMAOS E A_x000D_
+ASSOCIAÇÃO DOS MUNICIPIOS DO ALTO_x000D_
+URUGUAI -AMAU E DA OUTRAS_x000D_
+PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/501/projeto_de_lei_no_011_-_repasse_consepro.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O REPASSE DE RECURSOS PARA O_x000D_
+CONSEPRO E A ABERTURA DE CRÉDITO_x000D_
+ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>497</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO LEGISLATIVO</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/497/projeto_01.26_-_aumento_real_-_funcionarios_legislativo_1.pdf</t>
+    <t>http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/497/projeto_01.26_-_aumento_real_-_funcionarios_legislativo_1.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO REAL AOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -483,68 +548,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/490/001_-_projeto_de_lei_no_001_-_prorrogacao_do_pme_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/493/002__-_projeto_de_lei_no_002_-_incentivo_aos_produtores_de_leite.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/492/003__-_projeto_de_lei_no_003_-_revisao_dos_subsidios_-_presidente_e_vereadores_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/494/004__-_projeto_de_lei_no_004_-_revisao_dos_subsidios_-_servidores_da_camara_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/495/005__-_projeto_de_lei_no_005_-_revisao_dos_subsidios_-_prefeito_vice_e_secretarios_municipais.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/496/006__-_projeto_de_lei_no_006_-_concede_reposicao_geral_e_ganho_real_aos_funcionarios_municipais_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/497/projeto_01.26_-_aumento_real_-_funcionarios_legislativo_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/490/001_-_projeto_de_lei_no_001_-_prorrogacao_do_pme_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/493/002__-_projeto_de_lei_no_002_-_incentivo_aos_produtores_de_leite.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/492/003__-_projeto_de_lei_no_003_-_revisao_dos_subsidios_-_presidente_e_vereadores_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/494/004__-_projeto_de_lei_no_004_-_revisao_dos_subsidios_-_servidores_da_camara_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/495/005__-_projeto_de_lei_no_005_-_revisao_dos_subsidios_-_prefeito_vice_e_secretarios_municipais.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/496/006__-_projeto_de_lei_no_006_-_concede_reposicao_geral_e_ganho_real_aos_funcionarios_municipais_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/498/projeto_18.02.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/499/projeto_de_lei_no_008-_trasporte_de_estudantes_menores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/500/projeto_de_lei_no_010_-_repasse_amau_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/501/projeto_de_lei_no_011_-_repasse_consepro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.quatroirmaos.rs.leg.br/media/sapl/public/materialegislativa/2026/497/projeto_01.26_-_aumento_real_-_funcionarios_legislativo_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="180.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="179.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="244.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -694,77 +759,182 @@
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>10</v>
       </c>
-      <c r="D8" t="s">
-[...12 lines deleted...]
-        <v>41</v>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>