--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -42,51 +42,51 @@
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>PROJETO LEGISLATIVO nº 5 de 2025</t>
   </si>
   <si>
     <t>JOSÉ CARLOS BALBINOT</t>
   </si>
   <si>
     <t>Declara o Município de Itaara/RS como cidade coirmã do Município de Quatro Irmãos, em razão de sua origem e herança cultural judaica em comum.</t>
   </si>
   <si>
-    <t>Aguardando Sanção e Promulgação</t>
+    <t>Proposição arquivada</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL nº 62 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL nº 64 de 2025</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DE QUATRO IRMÃOS A ABRIR CRÉDITO ESPECIAL NO VALOR DE R$ 30.000,00 (TRINTA MIL REAIS), REALIZAR DESPESAS EM COMEMORAÇÃO AO DIA DO SERVIDOR PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL nº 66 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXECUÇÃO JUDICIAL DOS CRÉDITOS TRIBUTÁRIOS E NÃO-TRIBUTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL nº 67 de 2025</t>
   </si>
@@ -416,51 +416,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="211.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="32.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>457</v>