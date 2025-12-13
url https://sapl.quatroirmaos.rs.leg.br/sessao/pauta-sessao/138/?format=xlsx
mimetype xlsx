--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -42,51 +42,51 @@
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL nº 66 de 2025</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXECUÇÃO JUDICIAL DOS CRÉDITOS TRIBUTÁRIOS E NÃO-TRIBUTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>Aguardando Sanção e Promulgação</t>
+    <t>Proposição arquivada</t>
   </si>
   <si>
     <t>PROJETO DE LEI MUNICIPAL nº 68 de 2025</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS RELACIONADAS À FORMATURA DOS ALUNOS DO PRÉ-ESCOLAR DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL DE QUATRO IRMÃOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>INDICAÇÃO nº 18 de 2025</t>
   </si>
   <si>
     <t>LUCÉLIA C. DOGENSKI DE VALLE</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja contratado profissional habilitado para desenvolver oficinas de cultura gaúcha no município de Quatro Irmãos, abrangendo atividades como danças tradicionais, música, declamação de poesia e outras expressões típicas do tradicionalismo.</t>
   </si>
   <si>
     <t>Encaminhado aos Órgãos Competentes</t>
   </si>
   <si>
     <t>INDICAÇÃO nº 19 de 2025</t>
   </si>
   <si>
     <t>ELENA  KOSSMAN</t>
   </si>